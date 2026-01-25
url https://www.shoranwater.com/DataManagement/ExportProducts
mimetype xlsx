--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1db2e74d1354454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e3322f4959c48b7b8c4aae0708a7e81.psmdcp" Id="Rde6767732a77482c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98773f7c62f74b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5dd12d87a06a43e4afa1571898a5781f.psmdcp" Id="R2a259a23de2a4567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Products" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ProductName</x:t>
   </x:si>
   <x:si>
     <x:t>CategoryName</x:t>
   </x:si>
   <x:si>