--- v1 (2026-01-25)
+++ v2 (2026-03-26)
@@ -1,84 +1,189 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98773f7c62f74b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5dd12d87a06a43e4afa1571898a5781f.psmdcp" Id="R2a259a23de2a4567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R936a50d84b1f4feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b950b9d1d91e4e70ab4ae767fab3dc86.psmdcp" Id="Ra6cc2a02cf6a4fc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Products" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ProductName</x:t>
   </x:si>
   <x:si>
     <x:t>CategoryName</x:t>
   </x:si>
   <x:si>
     <x:t>BrandName</x:t>
   </x:si>
   <x:si>
     <x:t>ReorderLevel</x:t>
   </x:si>
   <x:si>
     <x:t>UnitName</x:t>
   </x:si>
   <x:si>
     <x:t>Factor</x:t>
   </x:si>
   <x:si>
     <x:t>BuyPrice</x:t>
   </x:si>
   <x:si>
     <x:t>SellPrice</x:t>
   </x:si>
   <x:si>
     <x:t>Barcode</x:t>
+  </x:si>
+  <x:si>
+    <x:t>بيبسى ١لتر شد ١٢</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">مواد غذائية </x:t>
+  </x:si>
+  <x:si>
+    <x:t>مشروب غازى</x:t>
+  </x:si>
+  <x:si>
+    <x:t>حبة</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>بيبسى بلاستك عادى</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>بيبسى لتر 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>تطبيق ويب</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>بيبسى مل 18*330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1023</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">سفن اب مشروب غازى </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>عامر Ameer ERP Cloud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>مجموعة افتراضية</x:t>
+  </x:si>
+  <x:si>
+    <x:t>نسخة</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1001</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ليبتون ايس تى خوخ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ليبتون ايس تى خوخ  علب *6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ليبتون ايس تى فواكة 31*6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ليبتون ايس تى فواكة 6*31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1026</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ماونتين ديو 1 لتر </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>مريندا برتقال لتر 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ميرندا حمضيات مل *330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ميريند حمضيات ل1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ونتين ديو لتر 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1002</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -408,93 +513,528 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:I1"/>
+  <x:dimension ref="A1:I16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="13.424911" style="0" customWidth="1"/>
-[...1 lines deleted...]
-    <x:col min="3" max="3" width="11.424911" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="29.424911" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="17.567768" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="13.710625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="9.853482" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.710625" style="0" customWidth="1"/>
     <x:col min="8" max="9" width="8.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" s="1" customFormat="1">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="1" t="s">
         <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:9">
+      <x:c r="A2" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B2" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C2" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D2" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E2" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F2" s="0">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="G2" s="0">
+        <x:v>44.98</x:v>
+      </x:c>
+      <x:c r="H2" s="0">
+        <x:v>51.73</x:v>
+      </x:c>
+      <x:c r="I2" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:9">
+      <x:c r="A3" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B3" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D3" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E3" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F3" s="0">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G3" s="0">
+        <x:v>3.66</x:v>
+      </x:c>
+      <x:c r="H3" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="I3" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:9">
+      <x:c r="A4" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D4" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E4" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F4" s="0">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G4" s="0">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="H4" s="0">
+        <x:v>4.26</x:v>
+      </x:c>
+      <x:c r="I4" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:9">
+      <x:c r="A5" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D5" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F5" s="0">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G5" s="0">
+        <x:v>31.74</x:v>
+      </x:c>
+      <x:c r="H5" s="0">
+        <x:v>36.9</x:v>
+      </x:c>
+      <x:c r="I5" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:9">
+      <x:c r="A6" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D6" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F6" s="0">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G6" s="0">
+        <x:v>3.66</x:v>
+      </x:c>
+      <x:c r="H6" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="I6" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:9">
+      <x:c r="A7" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C7" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D7" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E7" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F7" s="0">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G7" s="0">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H7" s="0">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="I7" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:9">
+      <x:c r="A8" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C8" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D8" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E8" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F8" s="0">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G8" s="0">
+        <x:v>9.57</x:v>
+      </x:c>
+      <x:c r="H8" s="0">
+        <x:v>11.4</x:v>
+      </x:c>
+      <x:c r="I8" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:9">
+      <x:c r="A9" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D9" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E9" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F9" s="0">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G9" s="0">
+        <x:v>9.6</x:v>
+      </x:c>
+      <x:c r="H9" s="0">
+        <x:v>11.44</x:v>
+      </x:c>
+      <x:c r="I9" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:9">
+      <x:c r="A10" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D10" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F10" s="0">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G10" s="0">
+        <x:v>9.6</x:v>
+      </x:c>
+      <x:c r="H10" s="0">
+        <x:v>11.44</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:9">
+      <x:c r="A11" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D11" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F11" s="0">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G11" s="0">
+        <x:v>9.57</x:v>
+      </x:c>
+      <x:c r="H11" s="0">
+        <x:v>11.4</x:v>
+      </x:c>
+      <x:c r="I11" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:9">
+      <x:c r="A12" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F12" s="0">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G12" s="0">
+        <x:v>3.66</x:v>
+      </x:c>
+      <x:c r="H12" s="0">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:9">
+      <x:c r="A13" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F13" s="0">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="G13" s="0">
+        <x:v>3.66</x:v>
+      </x:c>
+      <x:c r="H13" s="0">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="I13" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:9">
+      <x:c r="A14" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E14" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F14" s="0">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G14" s="0">
+        <x:v>31.74</x:v>
+      </x:c>
+      <x:c r="H14" s="0">
+        <x:v>36.9</x:v>
+      </x:c>
+      <x:c r="I14" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:9">
+      <x:c r="A15" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F15" s="0">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G15" s="0">
+        <x:v>3.66</x:v>
+      </x:c>
+      <x:c r="H15" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:9">
+      <x:c r="A16" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F16" s="0">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="G16" s="0">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="H16" s="0">
+        <x:v>4.26</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Products</vt:lpstr>
       <vt:lpstr>Products!Print_Area</vt:lpstr>
       <vt:lpstr>Products!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>